--- v0 (2025-10-31)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="검색결과" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="656">
   <si>
     <t>책이름</t>
   </si>
   <si>
     <t>지은이</t>
   </si>
   <si>
     <t>출판사</t>
   </si>
   <si>
     <t>출판년도</t>
   </si>
   <si>
     <t>쪽수</t>
   </si>
   <si>
     <t>연령</t>
   </si>
   <si>
     <t>갈래</t>
   </si>
   <si>
     <t>가격</t>
   </si>
   <si>
@@ -299,51 +299,51 @@
   <si>
     <t>180쪽</t>
   </si>
   <si>
     <t>만화</t>
   </si>
   <si>
     <t>7,500원</t>
   </si>
   <si>
     <t>가족, 동물, 개(동물)</t>
   </si>
   <si>
     <t>고양이는 나만 따라 해</t>
   </si>
   <si>
     <t>권윤덕 글, 그림</t>
   </si>
   <si>
     <t>창비</t>
   </si>
   <si>
     <t>30쪽</t>
   </si>
   <si>
-    <t>놀이, 고양이,
+    <t>놀이, 고양이, 흉내
 목록속목록: 개와고양이</t>
   </si>
   <si>
     <t>곰 씨족 소년 사슴뿔이, 사냥꾼이 되다</t>
   </si>
   <si>
     <t>조호상, 송호정 글  |  김병하 그림</t>
   </si>
   <si>
     <t>사계절</t>
   </si>
   <si>
     <t>61쪽</t>
   </si>
   <si>
     <t>역사</t>
   </si>
   <si>
     <t>한국사, 신석기시대, 토기, 움집, 주먹도끼, 조개무덤</t>
   </si>
   <si>
     <t>구름은 어떻게 구름이 될까?</t>
   </si>
   <si>
     <t>롭 호지슨 글, 그림 | 우순교 옮김</t>
@@ -438,57 +438,72 @@
     <t>64쪽</t>
   </si>
   <si>
     <t>백두대간, 개마고원, 기리고차, 위화도, 나제통문, 삼수갑산,</t>
   </si>
   <si>
     <t>까보 까보슈</t>
   </si>
   <si>
     <t>다니엘 페나크 글 | 마일스 하이먼 그림 | 윤정임 옮김</t>
   </si>
   <si>
     <t>문학과지성사</t>
   </si>
   <si>
     <t>240쪽</t>
   </si>
   <si>
     <t>14,000원</t>
   </si>
   <si>
     <t>개(동물), 사랑, 수용소, 가출, 공존,
 목록:동물이야기</t>
   </si>
   <si>
+    <t>꼬꼬댁멍냥 가족의 탄생</t>
+  </si>
+  <si>
+    <t>윤성은 글｜이은경 그림</t>
+  </si>
+  <si>
+    <t>봄볕</t>
+  </si>
+  <si>
+    <t>104쪽</t>
+  </si>
+  <si>
+    <t>닭(동물), 개(동물), 고양이, 의인동화, 입양, 생명, 사랑, 추적, 시골, 마당</t>
+  </si>
+  <si>
     <t>꽃신</t>
   </si>
   <si>
     <t>김소연 글 | 김동성 그림</t>
   </si>
   <si>
-    <t>파랑새</t>
+    <t>주니어파랑새</t>
   </si>
   <si>
     <t>156쪽</t>
   </si>
   <si>
     <t>역사동화, 중편, 조선시대, 용기, 개척</t>
   </si>
   <si>
     <t>나는 물이 싫어</t>
   </si>
   <si>
     <t>에바 린드스트룀 글, 그림│이유진 옮김</t>
   </si>
   <si>
     <t>단추</t>
   </si>
   <si>
     <t>친구, 개구리, 감정, 수영</t>
   </si>
   <si>
     <t>나는 상어다</t>
   </si>
   <si>
     <t>리사 룬드마르크 글 | 샬롯 라멜 그림 | 이유진 옮김</t>
   </si>
@@ -692,50 +707,62 @@
   <si>
     <t>48쪽</t>
   </si>
   <si>
     <t>13,500원</t>
   </si>
   <si>
     <t>통제, 규율, 억압, 자유, 개성</t>
   </si>
   <si>
     <t>누가 가장 힘셀까?</t>
   </si>
   <si>
     <t>퍼트리샤 토마 글, 그림｜김현희 옮김</t>
   </si>
   <si>
     <t>고래뱃속</t>
   </si>
   <si>
     <t>26쪽</t>
   </si>
   <si>
     <t>염소, 협동, 개미, 겨루기, 겁쟁이</t>
   </si>
   <si>
+    <t>눈 감으면 들리는 책</t>
+  </si>
+  <si>
+    <t>마거릿 와이즈 브라운 글｜레너드 웨이즈가드 그림｜이혜원 옮김</t>
+  </si>
+  <si>
+    <t>3세부터</t>
+  </si>
+  <si>
+    <t>소리, 청각, 상상, 개(동물), 사물, 색</t>
+  </si>
+  <si>
     <t>당나귀 꺄디숑</t>
   </si>
   <si>
     <t>세귀르 백작부인 글 | 오라스 꺄스뗄리 그림 | 원용옥,손성림 옮김</t>
   </si>
   <si>
     <t>계수나무</t>
   </si>
   <si>
     <t>230쪽</t>
   </si>
   <si>
     <t>8,000원</t>
   </si>
   <si>
     <t>재치, 모험, 우정, 사냥개, 깨달음</t>
   </si>
   <si>
     <t>당나귀 실베스터와 요술 조약돌</t>
   </si>
   <si>
     <t>윌리엄 스타이그 글, 그림｜이상경 옮김</t>
   </si>
   <si>
     <t>다산기획</t>
@@ -777,112 +804,133 @@
     <t>비룡소</t>
   </si>
   <si>
     <t>50쪽</t>
   </si>
   <si>
     <t>환경, 문명, 개발, 자연</t>
   </si>
   <si>
     <t>두근두근 한국사 1-2</t>
   </si>
   <si>
     <t>김종엽, 박찬희, 배성호 글| 전미화 그림 | 김한종 감수</t>
   </si>
   <si>
     <t>양철북</t>
   </si>
   <si>
     <t>208, 200쪽</t>
   </si>
   <si>
     <t>각 15,000원</t>
   </si>
   <si>
     <t>한국사, 고인돌, 광개토대왕비, 종묘제례, 서대문형무소, 수요시위,</t>
+  </si>
+  <si>
+    <t>따로 또 같이 갈까?</t>
+  </si>
+  <si>
+    <t>브렌던 웬젤 글, 그림｜김지은 옮김</t>
+  </si>
+  <si>
+    <t>올리</t>
+  </si>
+  <si>
+    <t>개(동물), 고양이, 모험, 친구, 다름, 시선</t>
   </si>
   <si>
     <t>땅따먹기</t>
   </si>
   <si>
     <t>최진영 글 | 김홍모 그림</t>
   </si>
   <si>
     <t>212쪽</t>
   </si>
   <si>
     <t>마당, 개(동물), 고양이, 참새, 닭(동물),
 2014동화동무씨동무</t>
   </si>
   <si>
     <t>똥바다에 게가 산다</t>
   </si>
   <si>
     <t>김중미 글 | 유동훈 그림</t>
   </si>
   <si>
     <t>128쪽</t>
   </si>
   <si>
     <t>가난, 개발, 일기(글), 동네, 가족</t>
   </si>
   <si>
     <t>라이카는 말했다</t>
   </si>
   <si>
     <t>이민희 글, 그림</t>
   </si>
   <si>
     <t>느림보</t>
   </si>
   <si>
     <t>개(동물), 우주선, 외계인, 동물권,
 목록속목록:우주</t>
   </si>
   <si>
+    <t>레스토랑 핑크</t>
+  </si>
+  <si>
+    <t>이지현 글, 그림</t>
+  </si>
+  <si>
+    <t>16,800원</t>
+  </si>
+  <si>
+    <t>욕망, 풍자, 식당, 음식, 분홍, 개인, 주문(메뉴)</t>
+  </si>
+  <si>
     <t>로쿠베, 조금만 기다려</t>
   </si>
   <si>
     <t>하이타니 겐지로 글｜초 신타 그림｜햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>개(동물), 구조(구함), 구덩이, 도움, 친구, 응원</t>
   </si>
   <si>
     <t>마법사 압둘 가사지의 정원</t>
   </si>
   <si>
     <t>크리스 반 알스버그 글, 그림｜정회성 옮김</t>
   </si>
   <si>
     <t>개(동물), 속임수, 상상, 마법, 흑백</t>
   </si>
   <si>
     <t>만희네 집</t>
-  </si>
-[...1 lines deleted...]
-    <t>34쪽</t>
   </si>
   <si>
     <t>이사, 가족, 살림, 공간, 도면, 소개</t>
   </si>
   <si>
     <t>머피와 두칠이</t>
   </si>
   <si>
     <t>김우경 글</t>
   </si>
   <si>
     <t>지식산업사</t>
   </si>
   <si>
     <t>204쪽</t>
   </si>
   <si>
     <t>개(동물), 생명존중, 모험,
 목록속목록:개와고양이</t>
   </si>
   <si>
     <t>멋진 친구들</t>
   </si>
   <si>
     <t>신시아 라일런트 글 | 아서 하워드 그림 | 원지인 옮김</t>
@@ -958,50 +1006,65 @@
   <si>
     <t>248쪽</t>
   </si>
   <si>
     <t>청소년소설</t>
   </si>
   <si>
     <t>고구마, 부대찌개, 라면, 떡볶이, 치킨</t>
   </si>
   <si>
     <t>발가락 동그란 청개구리</t>
   </si>
   <si>
     <t>이주용 글, 그림</t>
   </si>
   <si>
     <t>22쪽</t>
   </si>
   <si>
     <t>6,000원</t>
   </si>
   <si>
     <t>청개구리, 그림책</t>
   </si>
   <si>
+    <t>밤을 산책하는 개</t>
+  </si>
+  <si>
+    <t>유르가 빌레 글｜발렌티나 체르냐우스카이테 그림｜서진석 옮김</t>
+  </si>
+  <si>
+    <t>바람북스</t>
+  </si>
+  <si>
+    <t>17,800원</t>
+  </si>
+  <si>
+    <t>사랑, 반려견, 가족, 비유, 두려움, 상처, 화자_개</t>
+  </si>
+  <si>
     <t>백다섯 명의 오케스트라</t>
   </si>
   <si>
     <t>칼라 쿠스킨 글｜마크 사이먼트 그림｜정성원 옮김</t>
   </si>
   <si>
     <t>사람, 직업, 준비, 의상, 일상, 음악회, 개성</t>
   </si>
   <si>
     <t>별똥별 아줌마 우주로 날아가다</t>
   </si>
   <si>
     <t>이지유 글 | 김이랑 그림</t>
   </si>
   <si>
     <t>121쪽</t>
   </si>
   <si>
     <t>생활과 과학</t>
   </si>
   <si>
     <t>기술, 우주 개발, 우주센터, 견학, 우주선, 로켓</t>
   </si>
   <si>
     <t>북한 떡볶이는 빨간 맛? 파란 맛?</t>
@@ -1019,53 +1082,50 @@
     <t>북한 사회, 경제, 대외관계, 통일, 개성공단, 의료, 교육</t>
   </si>
   <si>
     <t>블랙 독</t>
   </si>
   <si>
     <t>레비 핀폴드 글, 그림｜천미나 옮김</t>
   </si>
   <si>
     <t>북스토리아이</t>
   </si>
   <si>
     <t>개(동물), 가족, 두려움, 용기, 편견</t>
   </si>
   <si>
     <t>비법 : 하늘을 나는 법</t>
   </si>
   <si>
     <t>전민걸 글, 그림</t>
   </si>
   <si>
     <t>한림출판사</t>
   </si>
   <si>
     <t>52쪽</t>
-  </si>
-[...1 lines deleted...]
-    <t>16,800원</t>
   </si>
   <si>
     <t>기술, 행글라이더, 비행, 바람, 날개,</t>
   </si>
   <si>
     <t>비행기 모자</t>
   </si>
   <si>
     <t>에르빈 모저 글, 그림 | 김정회 옮김</t>
   </si>
   <si>
     <t>온누리</t>
   </si>
   <si>
     <t>봄(계절), 홍수, 무지개, 화산, 우정</t>
   </si>
   <si>
     <t>빨간 늑대</t>
   </si>
   <si>
     <t>마가렛 섀넌 글, 그림 | 용희진 옮김</t>
   </si>
   <si>
     <t>키위북스</t>
   </si>
@@ -1189,53 +1249,50 @@
   <si>
     <t>김정희 글 │ 윤정미 그림</t>
   </si>
   <si>
     <t>어섬, 국토 개발, 환경오염, 시화호 복원, 갯벌 생태, 보존</t>
   </si>
   <si>
     <t>쌍둥이 바꿔치기 대작전</t>
   </si>
   <si>
     <t>앤드루 클레먼츠 글 | 마크 엘리엇 그림 | 이원경 옮김</t>
   </si>
   <si>
     <t>205쪽</t>
   </si>
   <si>
     <t>전학, 소동, 개성, 비밀, 거짓말, 학교</t>
   </si>
   <si>
     <t>아빠 아빠, 재미있는 이야기 해주세요</t>
   </si>
   <si>
     <t>아델리아 카르발류 글 | 주앙 바즈 드 카르발류 그림 | 이순영 옮김</t>
   </si>
   <si>
-    <t>3세부터</t>
-[...1 lines deleted...]
-  <si>
     <t>반복, 동물, 개(동물), 대화, 유머</t>
   </si>
   <si>
     <t>아툭</t>
   </si>
   <si>
     <t>미샤 다미안 글 | 요쳅 빌콘 그림 | 신형건 옮김</t>
   </si>
   <si>
     <t>에스키모, 개(동물), 죽음, 사랑, 용서, 성장, 깨달음</t>
   </si>
   <si>
     <t>아프리카의 옥수수 추장 - 옥수수 박사 김순권</t>
   </si>
   <si>
     <t>조호상 글  | 이준섭 그림</t>
   </si>
   <si>
     <t>176쪽</t>
   </si>
   <si>
     <t>인물, 농학자, 나이지리아, 대학찰옥수수, 품종개발, 식량난</t>
   </si>
   <si>
     <t>안녕, 난 개미야</t>
@@ -1533,50 +1590,62 @@
     <t>이 뼈를 모두 누가 찾았게? - 최초의 고생물학자 메리 애닝</t>
   </si>
   <si>
     <t>린다 스키어스 글 | 마르타 미겐스 그림 | 길상효 옮김</t>
   </si>
   <si>
     <t>씨드북</t>
   </si>
   <si>
     <t>인물, 과학자, 화석, 익룡, 멸종, 조개껍데기</t>
   </si>
   <si>
     <t>일곱 번째 새끼 고양이</t>
   </si>
   <si>
     <t>마인데르트 드용 글 | 짐 맥뭘란 그림 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>80쪽</t>
   </si>
   <si>
     <t>사랑, 막내, 개(동물), 친구
 목록:동물이야기</t>
   </si>
   <si>
+    <t>읽기와 흔들기</t>
+  </si>
+  <si>
+    <t>오세란 글</t>
+  </si>
+  <si>
+    <t>교사·학부모</t>
+  </si>
+  <si>
+    <t>동화서평, 2020년대우리나라동화, 동화소개</t>
+  </si>
+  <si>
     <t>자존심</t>
   </si>
   <si>
     <t>김남중 글 | 이형진 그림</t>
   </si>
   <si>
     <t>171쪽</t>
   </si>
   <si>
     <t>단편집, 동물권, 딱따구리, 진돗개, 생명존중</t>
   </si>
   <si>
     <t>자질구레 신문</t>
   </si>
   <si>
     <t>김현수 글 | 홍선주 그림</t>
   </si>
   <si>
     <t>한겨레아이들</t>
   </si>
   <si>
     <t>196쪽</t>
   </si>
   <si>
     <t>단편집, 동네, 기자, 공동체, 재개발</t>
@@ -1597,50 +1666,65 @@
     <t>이원수 글 | 이상권 그림</t>
   </si>
   <si>
     <t>203, 199쪽</t>
   </si>
   <si>
     <t>1권 7,000  2권 9,000원</t>
   </si>
   <si>
     <t>일개미, 모험, 사랑, 자유,
 목록:모험</t>
   </si>
   <si>
     <t>장애를 넘어 인류애에 이른 헬렌 켈러</t>
   </si>
   <si>
     <t>권태선 글ㅣ 원혜영 그림</t>
   </si>
   <si>
     <t>184쪽</t>
   </si>
   <si>
     <t>인물, 장애, 앤 설리번, 여성참정권, 사회개혁가</t>
   </si>
   <si>
+    <t>전쟁과 나</t>
+  </si>
+  <si>
+    <t>유은실 글｜이소영 그림</t>
+  </si>
+  <si>
+    <t>초록귤</t>
+  </si>
+  <si>
+    <t>68쪽</t>
+  </si>
+  <si>
+    <t>피난, 불개미, 평화, 할머니, 이웃, 걱정, 상상, 유머</t>
+  </si>
+  <si>
     <t>제니와 고양이 클럽</t>
   </si>
   <si>
     <t>에스터 애버릴 글, 그림 | 홍연미 옮김</t>
   </si>
   <si>
     <t>스케이트, 용기, 수줍음, 모험, 재주
 목록속목록:개와고양이</t>
   </si>
   <si>
     <t>조개는 왜 껍데기가 있을까?</t>
   </si>
   <si>
     <t>멜리사 스튜어트 글 | 세라 S. 브래넌 그림 | 김아림 옮김 | 박광재 감수</t>
   </si>
   <si>
     <t>조개껍데기, 조개, 생태, 바다</t>
   </si>
   <si>
     <t>조금 남다른 개미</t>
   </si>
   <si>
     <t>툴리오 코르다 글, 그림 | 김현주 옮김</t>
   </si>
   <si>
@@ -1676,93 +1760,111 @@
   <si>
     <t>줄스 파이퍼 글, 그림 | 조숙은 옮김</t>
   </si>
   <si>
     <t>개, 동물, 소리, 상상, 나다움, 유머</t>
   </si>
   <si>
     <t>쨍아</t>
   </si>
   <si>
     <t>천정철 시 | 이광익 그림</t>
   </si>
   <si>
     <t>잠자리, 개미, 죽음, 장례, 가을, 자연, 생명, 시그림책</t>
   </si>
   <si>
     <t>창 너머</t>
   </si>
   <si>
     <t>찰스 키핑 글, 그림 | 박정선 옮김</t>
   </si>
   <si>
     <t>거리, 이웃, 개, 말, 죽음, 슬픔, 시선, 석판화</t>
   </si>
   <si>
+    <t>처음 만나는 헌법</t>
+  </si>
+  <si>
+    <t>차병직 글</t>
+  </si>
+  <si>
+    <t>헌법개념, 헌법원리, 헌법역사, 헌법조항, 헌법재판, 탄핵심판, 국민주권, 국가권력</t>
+  </si>
+  <si>
     <t>청소년을 위한 세계 종교 여행</t>
   </si>
   <si>
     <t>김나미 글</t>
   </si>
   <si>
     <t>223쪽</t>
   </si>
   <si>
     <t>13,200원</t>
   </si>
   <si>
     <t>조로아스터교, 유대교, 천주교, 개신교, 이슬람교</t>
   </si>
   <si>
     <t>초록아줌마, 갈색아줌마, 보라아줌마</t>
   </si>
   <si>
     <t>엘사 베스코브 글, 그림 | 김상열 옮김</t>
   </si>
   <si>
     <t>11,500원</t>
   </si>
   <si>
     <t>이웃, 도움, 개, 자매, 가족, 만남, 색깔</t>
   </si>
   <si>
     <t>초원의 집 1 -큰 숲 속의 작은 집</t>
   </si>
   <si>
     <t>로라 잉걸스 와일더 글 | 가스 윌리엄스 그림 | 김석희 옮김</t>
   </si>
   <si>
     <t>도전, 미국서부개척시대, 통나무집, 용기, 가족</t>
   </si>
   <si>
     <t>초인종을 누르면</t>
   </si>
   <si>
     <t>에이나트 차르파티 글, 그림 | 권지현 옮김</t>
   </si>
   <si>
     <t>아파트, 문, 상상, 연상, 이웃, 호기심, 개성</t>
+  </si>
+  <si>
+    <t>친절한 땅콩 호텔</t>
+  </si>
+  <si>
+    <t>임고을 글｜김규아 그림</t>
+  </si>
+  <si>
+    <t>햄스터, 개구리, 휴가, 등산, 폭포, 신문, 용기, 친구, 성격, 고민</t>
   </si>
   <si>
     <t>카시탄카</t>
   </si>
   <si>
     <t>안톤 체호프 글 | 타티야나 코르메르 그림 | 이수경 옮김</t>
   </si>
   <si>
     <t>살림어린이</t>
   </si>
   <si>
     <t>개, 여정, 역경, 서커스, 그리움, 재회, 원작소설</t>
   </si>
   <si>
     <t>털이 뭐길래!</t>
   </si>
   <si>
     <t>이진하 글 | 신동근 그림</t>
   </si>
   <si>
     <t>그레이트북스</t>
   </si>
   <si>
     <t>108쪽</t>
   </si>
@@ -1785,57 +1887,57 @@
   <si>
     <t>파란 의자</t>
   </si>
   <si>
     <t>클로드 부종 글, 그림 | 최윤정 옮김</t>
   </si>
   <si>
     <t>여우, 개, 변신, 연상, 친구, 쓰임새, 놀이, 상상, 창의</t>
   </si>
   <si>
     <t>포니</t>
   </si>
   <si>
     <t>R. J. 팔라시오 글 | 천미나 옮김</t>
   </si>
   <si>
     <t>352쪽</t>
   </si>
   <si>
     <t>말(동물), 유령, 보안관, 친절, 서부개척시대, 사진, 인연</t>
   </si>
   <si>
     <t>푸른 개 장발</t>
   </si>
   <si>
-    <t>황선미 글</t>
-[...5 lines deleted...]
-    <t>개장수, 고양이, 노인, 겨울, 화해,
+    <t>황선미 글 | 장선환 그림</t>
+  </si>
+  <si>
+    <t>아이봄</t>
+  </si>
+  <si>
+    <t>개장수, 고양이, 노인, 겨울, 화해
 목록:동물이야기</t>
   </si>
   <si>
     <t>피치</t>
   </si>
   <si>
     <t>한스 피셔 글, 그림 | 유혜자 옮김</t>
   </si>
   <si>
     <t>고양이, 할머니, 호기심, 농장, 동물, 만족, 정체성, 돌봄
 목록:개와고양이,</t>
   </si>
   <si>
     <t>하늘을 나는 동물들</t>
   </si>
   <si>
     <t>로빈 페이지, 스티브 젠킨스 글, 그림 | 이한음 옮김</t>
   </si>
   <si>
     <t>동물,  곤충, 시조새, 새(동물), 원숭이, 콜라주, 날개</t>
   </si>
   <si>
     <t>하루와 미요</t>
   </si>
   <si>
@@ -2258,51 +2360,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I146"/>
+  <dimension ref="A1:I155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="100" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -2984,3558 +3086,3819 @@
       </c>
       <c r="F24" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>137</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D25" s="1">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>142</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D26" s="1">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>137</v>
+        <v>29</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D27" s="1">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>142</v>
+        <v>66</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>54</v>
+        <v>137</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D28" s="1">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="F28" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1">
+        <v>2008</v>
+      </c>
+      <c r="E29" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="F29" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D29" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="G29" s="1" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>162</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>92</v>
+        <v>166</v>
       </c>
       <c r="D30" s="1">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>166</v>
+        <v>66</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>114</v>
+        <v>167</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>170</v>
+        <v>92</v>
       </c>
       <c r="D31" s="1">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="D32" s="1">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>176</v>
+        <v>22</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="D33" s="1">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>114</v>
+        <v>181</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="D34" s="1">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>183</v>
+        <v>114</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="D35" s="1">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>162</v>
+        <v>188</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>97</v>
+        <v>192</v>
       </c>
       <c r="D36" s="1">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="D37" s="1">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>75</v>
+        <v>122</v>
       </c>
       <c r="D38" s="1">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>156</v>
+        <v>67</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>87</v>
+        <v>14</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>176</v>
+        <v>43</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="D39" s="1">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>202</v>
+        <v>87</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="D40" s="1">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>60</v>
+        <v>207</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>176</v>
+        <v>29</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="D41" s="1">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D42" s="1">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>214</v>
+        <v>27</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H42" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E43" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="D43" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="1" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>54</v>
+        <v>220</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D44" s="1">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>225</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H44" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="D46" s="1">
+        <v>2004</v>
+      </c>
+      <c r="E46" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="F46" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H46" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="D46" s="1">
-[...2 lines deleted...]
-      <c r="E46" s="1" t="s">
+      <c r="I46" s="1" t="s">
         <v>236</v>
-      </c>
-[...10 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D47" s="1">
+        <v>1994</v>
+      </c>
+      <c r="E47" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B47" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F47" s="1" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D48" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E48" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="F48" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="H48" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D48" s="1">
-[...2 lines deleted...]
-      <c r="E48" s="1" t="s">
+      <c r="I48" s="1" t="s">
         <v>248</v>
-      </c>
-[...10 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="D49" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E49" s="1" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="1">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>257</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>60</v>
+        <v>99</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>61</v>
+        <v>258</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D51" s="1">
-        <v>2007</v>
+        <v>2025</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>247</v>
+        <v>92</v>
       </c>
       <c r="D52" s="1">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>66</v>
+        <v>266</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>242</v>
+        <v>19</v>
       </c>
       <c r="D53" s="1">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>27</v>
+        <v>270</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>91</v>
+        <v>273</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>52</v>
+        <v>274</v>
       </c>
       <c r="D54" s="1">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>270</v>
+        <v>66</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>274</v>
+        <v>97</v>
       </c>
       <c r="D55" s="1">
-        <v>1996</v>
+        <v>2025</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>275</v>
+        <v>240</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>162</v>
+        <v>278</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="D56" s="1">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>280</v>
+        <v>66</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>281</v>
+        <v>15</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>285</v>
+        <v>251</v>
       </c>
       <c r="D57" s="1">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>231</v>
+        <v>27</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D58" s="1">
+        <v>2026</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>287</v>
-      </c>
-[...22 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D59" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E59" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="F59" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>292</v>
-      </c>
-[...19 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="D60" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E60" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F60" s="1" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>29</v>
+        <v>297</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D61" s="1">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>301</v>
+        <v>240</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I61" s="1" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D62" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E62" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E62" s="1" t="s">
+      <c r="F62" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>306</v>
-      </c>
-[...10 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="D63" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D64" s="1">
+        <v>2008</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>313</v>
-      </c>
-[...19 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D65" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E65" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="F65" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="1" t="s">
+      <c r="H65" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>319</v>
-      </c>
-[...10 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D66" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E66" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="F66" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H66" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="I66" s="1" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D67" s="1">
-[...2 lines deleted...]
-      <c r="E67" s="1" t="s">
+      <c r="I67" s="1" t="s">
         <v>329</v>
-      </c>
-[...10 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>334</v>
+        <v>251</v>
       </c>
       <c r="D68" s="1">
         <v>2007</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>76</v>
+        <v>219</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>162</v>
+        <v>54</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D69" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="H69" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>337</v>
-      </c>
-[...19 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D70" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H70" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="I70" s="1" t="s">
         <v>342</v>
-      </c>
-[...19 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>122</v>
+        <v>345</v>
       </c>
       <c r="D71" s="1">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>171</v>
+        <v>225</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>176</v>
+        <v>137</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="D72" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E72" s="1" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>14</v>
+        <v>336</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>15</v>
+        <v>278</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>355</v>
-      </c>
-[...16 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" s="1" t="s">
         <v>359</v>
-      </c>
-[...13 lines deleted...]
-        <v>137</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1" t="s">
         <v>361</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>122</v>
+        <v>363</v>
       </c>
       <c r="D75" s="1">
-        <v>2020</v>
+        <v>1995</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>363</v>
+        <v>66</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>61</v>
+        <v>364</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>367</v>
+        <v>122</v>
       </c>
       <c r="D76" s="1">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>66</v>
+        <v>176</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1" t="s">
         <v>369</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>230</v>
+        <v>371</v>
       </c>
       <c r="D77" s="1">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D78" s="1">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>66</v>
+        <v>240</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>29</v>
+        <v>220</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>97</v>
+        <v>379</v>
       </c>
       <c r="D79" s="1">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>214</v>
+        <v>296</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>29</v>
+        <v>137</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>242</v>
+        <v>122</v>
       </c>
       <c r="D80" s="1">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>238</v>
+        <v>61</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>103</v>
+        <v>387</v>
       </c>
       <c r="D81" s="1">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>385</v>
+        <v>28</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>279</v>
+        <v>239</v>
       </c>
       <c r="D82" s="1">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>176</v>
+        <v>118</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>235</v>
+        <v>394</v>
       </c>
       <c r="D83" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>392</v>
+        <v>66</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>237</v>
+        <v>14</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>238</v>
+        <v>29</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>396</v>
+        <v>97</v>
       </c>
       <c r="D84" s="1">
-        <v>2002</v>
+        <v>2018</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>36</v>
+        <v>207</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>226</v>
+        <v>29</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>400</v>
+        <v>251</v>
       </c>
       <c r="D85" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>401</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>157</v>
+        <v>247</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D86" s="1">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>67</v>
+        <v>229</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>92</v>
+        <v>295</v>
       </c>
       <c r="D87" s="1">
-        <v>2021</v>
+        <v>2004</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>392</v>
+        <v>66</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>202</v>
+        <v>14</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>281</v>
+        <v>181</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C88" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D88" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E88" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="D88" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F88" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>14</v>
+        <v>246</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>15</v>
+        <v>247</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>52</v>
+        <v>415</v>
       </c>
       <c r="D89" s="1">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>137</v>
+        <v>235</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>122</v>
+        <v>419</v>
       </c>
       <c r="D90" s="1">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>66</v>
+        <v>420</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>385</v>
+        <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>170</v>
+        <v>103</v>
       </c>
       <c r="D91" s="1">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>48</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>67</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>424</v>
+        <v>92</v>
       </c>
       <c r="D92" s="1">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>66</v>
+        <v>411</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>29</v>
+        <v>297</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D93" s="1">
         <v>2024</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>429</v>
+        <v>219</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>339</v>
+        <v>15</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>433</v>
+        <v>52</v>
       </c>
       <c r="D94" s="1">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>29</v>
+        <v>137</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>209</v>
+        <v>122</v>
       </c>
       <c r="D95" s="1">
-        <v>2018</v>
+        <v>1997</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>67</v>
+        <v>229</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>213</v>
+        <v>175</v>
       </c>
       <c r="D96" s="1">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>257</v>
+        <v>48</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>176</v>
+        <v>29</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>442</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>92</v>
+        <v>443</v>
       </c>
       <c r="D97" s="1">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>275</v>
+        <v>66</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>213</v>
+        <v>447</v>
       </c>
       <c r="D98" s="1">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>236</v>
+        <v>448</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>176</v>
+        <v>359</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>209</v>
+        <v>452</v>
       </c>
       <c r="D99" s="1">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>319</v>
+        <v>27</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>359</v>
+        <v>214</v>
       </c>
       <c r="D100" s="1">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>456</v>
+        <v>218</v>
       </c>
       <c r="D101" s="1">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>214</v>
+        <v>270</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>238</v>
+        <v>181</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>460</v>
+        <v>92</v>
       </c>
       <c r="D102" s="1">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>461</v>
+        <v>291</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>108</v>
+        <v>218</v>
       </c>
       <c r="D103" s="1">
-        <v>1997</v>
+        <v>2018</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>171</v>
+        <v>245</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="H103" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="I103" s="1" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B104" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B104" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="1" t="s">
-        <v>92</v>
+        <v>214</v>
       </c>
       <c r="D104" s="1">
         <v>2021</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>469</v>
+        <v>340</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>302</v>
+        <v>42</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D105" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E105" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="F105" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>472</v>
-      </c>
-[...19 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1">
+        <v>2009</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="I106" s="1" t="s">
         <v>476</v>
-      </c>
-[...19 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1">
+        <v>2011</v>
+      </c>
+      <c r="E107" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="F107" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I107" s="1" t="s">
         <v>481</v>
-      </c>
-[...16 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D108" s="1">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E108" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>485</v>
-      </c>
-[...10 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B109" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="C109" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D109" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E109" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F109" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>237</v>
+        <v>318</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>162</v>
+        <v>29</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D110" s="1">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>237</v>
+        <v>336</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>495</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>242</v>
+        <v>447</v>
       </c>
       <c r="D111" s="1">
-        <v>2004</v>
+        <v>2020</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>496</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>465</v>
+        <v>15</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1" t="s">
         <v>498</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>92</v>
+        <v>500</v>
       </c>
       <c r="D112" s="1">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C113" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D113" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E113" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="D113" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F113" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>162</v>
+        <v>54</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B114" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="1" t="s">
-        <v>122</v>
+        <v>239</v>
       </c>
       <c r="D114" s="1">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>243</v>
+        <v>27</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>14</v>
+        <v>246</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>15</v>
+        <v>167</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B115" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="1">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="E115" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>512</v>
-      </c>
-[...10 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D116" s="1">
+        <v>2004</v>
+      </c>
+      <c r="E116" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="F116" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>516</v>
-      </c>
-[...19 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D117" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F117" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="G117" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>520</v>
-      </c>
-[...19 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D118" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E118" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="C118" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F118" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>29</v>
+        <v>114</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1" t="s">
         <v>525</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D119" s="1">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>66</v>
+        <v>528</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>43</v>
+        <v>167</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="1">
-        <v>2020</v>
+        <v>1993</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>531</v>
+        <v>252</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1" t="s">
         <v>533</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>170</v>
+        <v>108</v>
       </c>
       <c r="D121" s="1">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>27</v>
+        <v>535</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>54</v>
+        <v>536</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>170</v>
+        <v>92</v>
       </c>
       <c r="D122" s="1">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>66</v>
+        <v>540</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>14</v>
+        <v>246</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>29</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>92</v>
+        <v>544</v>
       </c>
       <c r="D123" s="1">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>66</v>
+        <v>545</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>54</v>
+        <v>278</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>122</v>
+        <v>52</v>
       </c>
       <c r="D124" s="1">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>243</v>
+        <v>296</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>97</v>
+        <v>65</v>
       </c>
       <c r="D125" s="1">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>547</v>
+        <v>66</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>202</v>
+        <v>36</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>548</v>
+        <v>29</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>122</v>
+        <v>555</v>
       </c>
       <c r="D126" s="1">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>552</v>
+        <v>43</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>242</v>
+        <v>122</v>
       </c>
       <c r="D127" s="1">
-        <v>2005</v>
+        <v>2020</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>155</v>
+        <v>559</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>137</v>
+        <v>54</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>492</v>
+        <v>175</v>
       </c>
       <c r="D128" s="1">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>562</v>
+        <v>175</v>
       </c>
       <c r="D129" s="1">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>566</v>
+        <v>92</v>
       </c>
       <c r="D130" s="1">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>567</v>
+        <v>66</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>176</v>
+        <v>54</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>571</v>
+        <v>122</v>
       </c>
       <c r="D131" s="1">
-        <v>2021</v>
+        <v>1998</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>131</v>
+        <v>252</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1" t="s">
         <v>573</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>242</v>
+        <v>92</v>
       </c>
       <c r="D132" s="1">
-        <v>2004</v>
+        <v>2025</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>66</v>
+        <v>340</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>385</v>
+        <v>161</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1" t="s">
         <v>576</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>359</v>
+        <v>97</v>
       </c>
       <c r="D133" s="1">
-        <v>2023</v>
+        <v>2008</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>578</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>13</v>
+        <v>161</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>42</v>
+        <v>207</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>15</v>
+        <v>579</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>150</v>
+        <v>122</v>
       </c>
       <c r="D134" s="1">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>582</v>
+        <v>93</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>320</v>
+        <v>583</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>122</v>
+        <v>251</v>
       </c>
       <c r="D135" s="1">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>61</v>
+        <v>137</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>343</v>
+        <v>511</v>
       </c>
       <c r="D136" s="1">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>552</v>
+        <v>54</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D137" s="1">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>319</v>
+        <v>340</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>176</v>
+        <v>54</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>92</v>
+        <v>596</v>
       </c>
       <c r="D138" s="1">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>257</v>
+        <v>219</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>176</v>
+        <v>54</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>359</v>
+        <v>600</v>
       </c>
       <c r="D139" s="1">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>66</v>
+        <v>601</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>75</v>
+        <v>605</v>
       </c>
       <c r="D140" s="1">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>601</v>
+        <v>131</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>202</v>
+        <v>14</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>54</v>
+        <v>220</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>460</v>
+        <v>251</v>
       </c>
       <c r="D141" s="1">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>605</v>
+        <v>66</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>609</v>
+        <v>379</v>
       </c>
       <c r="D142" s="1">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>142</v>
+        <v>612</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="D143" s="1">
-        <v>1992</v>
+        <v>2026</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>614</v>
+        <v>136</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>551</v>
+        <v>619</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D144" s="1">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>61</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>620</v>
+        <v>363</v>
       </c>
       <c r="D145" s="1">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F145" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="I145" s="1" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9">
+      <c r="A146" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D146" s="1">
+        <v>2014</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D147" s="1">
+        <v>1999</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
+      <c r="A148" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D148" s="1">
+        <v>2015</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F148" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="G145" s="1" t="s">
+      <c r="G148" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H145" s="1" t="s">
-[...15 lines deleted...]
-      <c r="I146" s="1"/>
+      <c r="H148" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
+      <c r="A149" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D149" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I149" s="1" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9">
+      <c r="A150" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D150" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="I150" s="1" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9">
+      <c r="A151" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D151" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="I151" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9">
+      <c r="A152" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D152" s="1">
+        <v>1992</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9">
+      <c r="A153" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D153" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9">
+      <c r="A154" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="D154" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9">
+      <c r="A155" s="1"/>
+      <c r="B155" s="1"/>
+      <c r="C155" s="1"/>
+      <c r="D155" s="1"/>
+      <c r="E155" s="1"/>
+      <c r="F155" s="1"/>
+      <c r="G155" s="1"/>
+      <c r="H155" s="1"/>
+      <c r="I155" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>