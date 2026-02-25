--- v0 (2025-10-30)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="검색결과" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>책이름</t>
   </si>
   <si>
     <t>지은이</t>
   </si>
   <si>
     <t>출판사</t>
   </si>
   <si>
     <t>출판년도</t>
   </si>
   <si>
     <t>쪽수</t>
   </si>
   <si>
     <t>연령</t>
   </si>
   <si>
     <t>갈래</t>
   </si>
   <si>
     <t>가격</t>
   </si>
   <si>
@@ -215,50 +215,65 @@
     <t>꼼짝 마 호진아, 나 애벌레야!</t>
   </si>
   <si>
     <t>안은영 글, 그림</t>
   </si>
   <si>
     <t>30쪽</t>
   </si>
   <si>
     <t>그림책, 관찰, 곤충, 동물</t>
   </si>
   <si>
     <t>나비를 따라갔어요</t>
   </si>
   <si>
     <t>김미혜 글 | 이광익 그림</t>
   </si>
   <si>
     <t>9,500원</t>
   </si>
   <si>
     <t>생태, 나비, 곤충, 숲, 나뭇잎, 놀이,
 목록속목록:관찰, 목록:관찰</t>
   </si>
   <si>
+    <t>나비의 봄 여름 가을 겨울</t>
+  </si>
+  <si>
+    <t>권혁도 글, 그림</t>
+  </si>
+  <si>
+    <t>100쪽</t>
+  </si>
+  <si>
+    <t>32,000원</t>
+  </si>
+  <si>
+    <t>동물, 애벌레, 번데기, 한살이, 세밀화, 관찰</t>
+  </si>
+  <si>
     <t>나의 새 둥지 그림일기</t>
   </si>
   <si>
     <t>스즈키 마모루 글, 그림 | 박숙경 옮김</t>
   </si>
   <si>
     <t>소년한길</t>
   </si>
   <si>
     <t>관찰, 그림책, 둥지, 새(동물),
 목록속목록:관찰, 목록:관찰,</t>
   </si>
   <si>
     <t>내 동생 눈송이 아저씨</t>
   </si>
   <si>
     <t>메리 바 글 | 로라 제이콥슨 그림  | 이수영 옮김</t>
   </si>
   <si>
     <t>봄나무</t>
   </si>
   <si>
     <t>36쪽</t>
   </si>
   <si>
@@ -603,50 +618,65 @@
   <si>
     <t>260쪽</t>
   </si>
   <si>
     <t>16세부터</t>
   </si>
   <si>
     <t>동물, 생태, 동물행동, 관찰, 실험, 동물연구</t>
   </si>
   <si>
     <t>숲 속의 사냥꾼들</t>
   </si>
   <si>
     <t>성기수(반디) 글, 사진</t>
   </si>
   <si>
     <t>일공육사</t>
   </si>
   <si>
     <t>200쪽</t>
   </si>
   <si>
     <t>사진, 관찰, 곤충</t>
   </si>
   <si>
+    <t>숲은 OOO</t>
+  </si>
+  <si>
+    <t>미소노 글, 그림｜주원섭 감수</t>
+  </si>
+  <si>
+    <t>책읽는곰</t>
+  </si>
+  <si>
+    <t>96쪽</t>
+  </si>
+  <si>
+    <t>생명, 그림책, 자연관찰, 숲놀이, 사계절</t>
+  </si>
+  <si>
     <t>시간 상자</t>
   </si>
   <si>
     <t>데이비드 위즈너 그림</t>
   </si>
   <si>
     <t>13,500원</t>
   </si>
   <si>
     <t>카메라, 사진, 바다, 상상, 관찰, 연결, 글없는그림책</t>
   </si>
   <si>
     <t>아기 달팽이의 집</t>
   </si>
   <si>
     <t>이토 세츠코 글 | 시마즈 카즈코 그림 | 권남희 옮김</t>
   </si>
   <si>
     <t>그림책, 동물, 달팽이, 생태, 관찰</t>
   </si>
   <si>
     <t>안녕, 난 개미야</t>
   </si>
   <si>
     <t>스티브 파커 글, 그림 | 연진희 옮김</t>
@@ -788,57 +818,72 @@
   <si>
     <t>약시, 비밀클럽, 관찰, 연대</t>
   </si>
   <si>
     <t>으뜸 비행사 잠자리</t>
   </si>
   <si>
     <t>정광수 글 | 옥영관 그림</t>
   </si>
   <si>
     <t>저듸, 곰새기</t>
   </si>
   <si>
     <t>장수진 글(사진) | 김준영 그림</t>
   </si>
   <si>
     <t>아이들은자연이다</t>
   </si>
   <si>
     <t>80쪽</t>
   </si>
   <si>
     <t>관찰, 제돌이, 돌고래, 방류, 제주</t>
   </si>
   <si>
+    <t>제비야, 왜 사람이 좋아?</t>
+  </si>
+  <si>
+    <t>정다미 글｜이장미 그림</t>
+  </si>
+  <si>
+    <t>모알보알</t>
+  </si>
+  <si>
+    <t>112쪽</t>
+  </si>
+  <si>
+    <t>동물, 관찰, 생태, 환경, 분포</t>
+  </si>
+  <si>
     <t>죽지 마, 무당벌레야!</t>
   </si>
   <si>
     <t>이환희, 임정진 글 | 에스더 그림</t>
   </si>
   <si>
-    <t>명진출판</t>
+    <t>명진출판사</t>
   </si>
   <si>
     <t>무당벌레, 곤충, 관찰일기</t>
   </si>
   <si>
     <t>지렁이 굴로 들어가 볼래?</t>
   </si>
   <si>
     <t>안은영 글, 그림 | 최훈근 감수</t>
   </si>
   <si>
     <t>그림책, 지렁이, 생태, 관찰</t>
   </si>
   <si>
     <t>지렁이가 흙 똥을 누었어</t>
   </si>
   <si>
     <t>이성실 글 | 이태수 그림 | 나영은 감수</t>
   </si>
   <si>
     <t>다섯수레</t>
   </si>
   <si>
     <t>지렁이, 그림책, 흙, 세밀화, 관찰, 생태</t>
   </si>
@@ -1232,51 +1277,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="100" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1578,1473 +1623,1560 @@
       </c>
       <c r="E11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" s="1">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1">
+        <v>2011</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="1">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>85</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>86</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" s="1">
+        <v>2011</v>
+      </c>
+      <c r="E16" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D16" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="G16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1">
+        <v>1998</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D17" s="1">
-[...2 lines deleted...]
-      <c r="E17" s="1" t="s">
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="1" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D18" s="1">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="D19" s="1">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="D20" s="1">
         <v>2012</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="1">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>116</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>117</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D22" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E22" s="1" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>28</v>
+        <v>122</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D23" s="1">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>127</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="H23" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1">
+        <v>2004</v>
+      </c>
+      <c r="E24" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D24" s="1">
-[...2 lines deleted...]
-      <c r="E24" s="1" t="s">
+      <c r="F24" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D25" s="1">
         <v>2023</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>138</v>
+        <v>96</v>
       </c>
       <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="1">
-        <v>2002</v>
+        <v>2023</v>
       </c>
       <c r="E26" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>14</v>
+        <v>144</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>147</v>
+        <v>77</v>
       </c>
       <c r="D27" s="1">
-        <v>2024</v>
+        <v>2002</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>38</v>
+        <v>148</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>148</v>
+        <v>22</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1" t="s">
         <v>150</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>19</v>
+        <v>152</v>
       </c>
       <c r="D28" s="1">
-        <v>2006</v>
+        <v>2024</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D29" s="1">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>157</v>
+        <v>15</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D30" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E30" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D30" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="1" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D31" s="1">
-        <v>2001</v>
+        <v>1994</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>115</v>
+        <v>169</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>26</v>
+        <v>170</v>
       </c>
       <c r="D32" s="1">
-        <v>2019</v>
+        <v>2001</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>169</v>
+        <v>40</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>172</v>
+        <v>120</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E34" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D34" s="1">
-[...2 lines deleted...]
-      <c r="E34" s="1" t="s">
+      <c r="F34" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" s="1" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D35" s="1">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>185</v>
       </c>
       <c r="F35" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E36" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D36" s="1">
-[...2 lines deleted...]
-      <c r="E36" s="1" t="s">
+      <c r="F36" s="1" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>28</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>161</v>
+        <v>195</v>
       </c>
       <c r="D37" s="1">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>106</v>
+        <v>196</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>195</v>
+        <v>28</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>90</v>
+        <v>200</v>
       </c>
       <c r="D38" s="1">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>73</v>
+        <v>201</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>75</v>
+        <v>162</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>202</v>
+        <v>166</v>
       </c>
       <c r="D39" s="1">
-        <v>2002</v>
+        <v>2018</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>33</v>
+        <v>111</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>59</v>
+        <v>208</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>206</v>
+        <v>95</v>
       </c>
       <c r="D40" s="1">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="D41" s="1">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>15</v>
+        <v>213</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>212</v>
+        <v>59</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D42" s="1">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>214</v>
+        <v>27</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>215</v>
+        <v>40</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>219</v>
+        <v>178</v>
       </c>
       <c r="D43" s="1">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="E43" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>220</v>
-      </c>
-[...10 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E44" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="1" t="s">
+      <c r="F44" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="I44" s="1" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="1">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>22</v>
+        <v>231</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>233</v>
+        <v>49</v>
       </c>
       <c r="D46" s="1">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D47" s="1">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>49</v>
+        <v>243</v>
       </c>
       <c r="D48" s="1">
         <v>2011</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>73</v>
+        <v>244</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>91</v>
+        <v>39</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>102</v>
+        <v>236</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>40</v>
+        <v>97</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>244</v>
+        <v>11</v>
       </c>
       <c r="D49" s="1">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>245</v>
+        <v>14</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="D50" s="1">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>169</v>
+        <v>40</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>158</v>
+        <v>251</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D51" s="1">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>252</v>
+        <v>38</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>14</v>
+        <v>255</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>256</v>
+        <v>26</v>
       </c>
       <c r="D52" s="1">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>180</v>
+        <v>38</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>15</v>
+        <v>174</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>257</v>
+        <v>163</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>19</v>
+        <v>261</v>
       </c>
       <c r="D53" s="1">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>33</v>
+        <v>262</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D54" s="1">
-        <v>2009</v>
+        <v>2025</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>60</v>
+        <v>267</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D55" s="1">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>91</v>
+        <v>55</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>126</v>
+        <v>19</v>
       </c>
       <c r="D56" s="1">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>271</v>
+        <v>33</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>53</v>
+        <v>278</v>
       </c>
       <c r="D57" s="1">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>26</v>
+        <v>282</v>
       </c>
       <c r="D58" s="1">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="D59" s="1">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>33</v>
+        <v>286</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>284</v>
+        <v>53</v>
       </c>
       <c r="D60" s="1">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:9">
-      <c r="A61" s="1"/>
-[...7 lines deleted...]
-      <c r="I61" s="1"/>
+      <c r="A61" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D61" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D62" s="1">
+        <v>2011</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D63" s="1">
+        <v>2026</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="1"/>
+      <c r="B64" s="1"/>
+      <c r="C64" s="1"/>
+      <c r="D64" s="1"/>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1"/>
+      <c r="H64" s="1"/>
+      <c r="I64" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>